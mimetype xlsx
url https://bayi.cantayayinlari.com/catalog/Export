--- v0 (2025-10-11)
+++ v1 (2026-01-09)
@@ -6,100 +6,88 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Fiyat Listesi" sheetId="1" r:id="rId1"/>
     <sheet name="DataForProductsFilters" sheetId="2" r:id="rId2" state="veryHidden"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="185">
   <si>
     <t>Ürün Adı</t>
   </si>
   <si>
     <t>Barkod</t>
   </si>
   <si>
     <t>Yayın Evi</t>
   </si>
   <si>
     <t>Sınıf</t>
   </si>
   <si>
     <t>Ders</t>
   </si>
   <si>
     <t>Fiyat</t>
   </si>
   <si>
-    <t xml:space="preserve">5.Sınıf Tg-1 Kds  (2025-2026)</t>
-[...2 lines deleted...]
-    <t>10000000000015</t>
+    <t xml:space="preserve">6.Sınıf Tg-1 Kds  (2025-2026)</t>
+  </si>
+  <si>
+    <t>10000000000016</t>
   </si>
   <si>
     <t>Çanta Yayınları</t>
   </si>
   <si>
     <t>12,00 ₺</t>
   </si>
   <si>
-    <t xml:space="preserve">6.Sınıf Tg-1 Kds  (2025-2026)</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">7.Sınıf Tg-1 Kds  (2025-2026)</t>
   </si>
   <si>
     <t>10000000000017</t>
   </si>
   <si>
-    <t xml:space="preserve">8.Sınıf Tg-1 Kds  (2025-2026)</t>
-[...4 lines deleted...]
-  <si>
     <t>Örnek. 7. Sınıf Kazandıran İngilizce Deneme</t>
   </si>
   <si>
     <t>9786258173635</t>
   </si>
   <si>
     <t>0,00 ₺</t>
   </si>
   <si>
     <t>İDOL 8.Sınıf Matematik Konu Özetli &amp;Etkinlikli Soru Bankası</t>
   </si>
   <si>
     <t>9786256137226</t>
   </si>
   <si>
     <t>8.Sınıf</t>
   </si>
   <si>
     <t>Matematik</t>
   </si>
   <si>
     <t>440,00 ₺</t>
   </si>
   <si>
     <t xml:space="preserve">İDOL 8.Sınıf Matematik  Başlangıç Soru Bankası</t>
@@ -249,56 +237,50 @@
     <t>360,00 ₺</t>
   </si>
   <si>
     <t>7.Sınıf Sosyal Bilgiler Zaman Ayarlı Kazanım Soru Bankası 2024</t>
   </si>
   <si>
     <t>9786258173109</t>
   </si>
   <si>
     <t>Sosyal Bilgiler</t>
   </si>
   <si>
     <t>8.Sınıf Matematik Zaman Ayarlı Kazanım Soru Bankası 2024</t>
   </si>
   <si>
     <t>9786258173116</t>
   </si>
   <si>
     <t>8.Sınıf T.C. İnkılap Tarihi ve Atatürkçülük Zaman Ayarlı Kazanım Soru Bankası 2024</t>
   </si>
   <si>
     <t>9786258173086</t>
   </si>
   <si>
     <t>320,00 ₺</t>
-  </si>
-[...4 lines deleted...]
-    <t>9786257871167</t>
   </si>
   <si>
     <t>8. Sınıf Matematik Kazanım Sıralı Deneme Seti</t>
   </si>
   <si>
     <t>9786258173482</t>
   </si>
   <si>
     <t>Branş denemeler</t>
   </si>
   <si>
     <t>8. Sınıf Fen Bilimleri Kazanım Sıralı Deneme Seti</t>
   </si>
   <si>
     <t>9786258173499</t>
   </si>
   <si>
     <t>8. Sınıf T.C. İnkılap Tarihi ve Atatürkçülük Kazanım Sıralı Deneme Seti</t>
   </si>
   <si>
     <t>9786258173505</t>
   </si>
   <si>
     <t>8. Sınıf İngilizce Kazanım Sıralı Deneme Seti</t>
   </si>
@@ -638,51 +620,51 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F77"/>
+  <dimension ref="A1:F74"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
@@ -703,1257 +685,1212 @@
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="F3" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
+      <c r="D5" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" s="0" t="s">
+        <v>18</v>
+      </c>
       <c r="F5" s="0" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="F7" s="0" t="s">
         <v>19</v>
-      </c>
-[...13 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="C9" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="0" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>29</v>
       </c>
-      <c r="B10" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="0" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="F11" s="0" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B12" s="0" t="s">
         <v>33</v>
       </c>
+      <c r="C12" s="0" t="s">
+        <v>8</v>
+      </c>
       <c r="F12" s="0" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D13" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="E13" s="0" t="s">
+        <v>18</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
+      </c>
+      <c r="D14" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="E14" s="0" t="s">
+        <v>18</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D18" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" s="0" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
+      <c r="D20" s="0" t="s">
+        <v>17</v>
+      </c>
       <c r="E20" s="0" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>75</v>
+        <v>57</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>52</v>
+        <v>76</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>22</v>
+        <v>79</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B29" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="E29" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="C29" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F29" s="0" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>21</v>
+        <v>17</v>
+      </c>
+      <c r="E30" s="0" t="s">
+        <v>79</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>87</v>
-[...8 lines deleted...]
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>89</v>
-[...8 lines deleted...]
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>91</v>
-[...8 lines deleted...]
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>92</v>
+        <v>58</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>94</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>96</v>
       </c>
+      <c r="C36" s="0" t="s">
+        <v>8</v>
+      </c>
       <c r="F36" s="0" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>98</v>
       </c>
+      <c r="C37" s="0" t="s">
+        <v>8</v>
+      </c>
       <c r="F37" s="0" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>100</v>
       </c>
+      <c r="C38" s="0" t="s">
+        <v>8</v>
+      </c>
       <c r="F38" s="0" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="C39" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" s="0" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>104</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>105</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
+      <c r="D41" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="E41" s="0" t="s">
+        <v>107</v>
+      </c>
       <c r="F41" s="0" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="B42" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="E42" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="B42" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F42" s="0" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>112</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>92</v>
+        <v>113</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>113</v>
+        <v>43</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>41</v>
+        <v>116</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>113</v>
+        <v>43</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>118</v>
+        <v>121</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="E46" s="0" t="s">
+        <v>107</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>119</v>
+        <v>38</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>122</v>
+        <v>37</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>47</v>
+        <v>107</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>125</v>
+        <v>38</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>126</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>127</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>113</v>
+        <v>71</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="C50" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" s="0" t="s">
-        <v>41</v>
+        <v>116</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>113</v>
+        <v>71</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>130</v>
       </c>
-      <c r="B51" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="B52" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="B52" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>75</v>
+        <v>107</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>52</v>
+        <v>119</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="B53" s="0" t="s">
-        <v>135</v>
+      <c r="C53" s="0" t="s">
+        <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="C54" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" s="0" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>62</v>
+        <v>137</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>125</v>
+        <v>38</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>140</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>141</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>143</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>8</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>145</v>
-[...8 lines deleted...]
-        <v>113</v>
+        <v>146</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>42</v>
+        <v>147</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>18</v>
+        <v>137</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>151</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B61" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="F61" s="0" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D63" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="E63" s="0" t="s">
+        <v>43</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>158</v>
+        <v>38</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>8</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B65" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="F65" s="0" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>165</v>
+        <v>116</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>42</v>
+        <v>167</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>169</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>168</v>
+        <v>137</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D68" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="E68" s="0" t="s">
+        <v>71</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>168</v>
+        <v>58</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>122</v>
+        <v>159</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D70" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="E70" s="0" t="s">
+        <v>107</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>143</v>
+        <v>38</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>159</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>180</v>
+        <v>162</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>182</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>26</v>
-[...56 lines deleted...]
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData/>
   <headerFooter/>
 </worksheet>
 </file>