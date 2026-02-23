--- v1 (2026-01-09)
+++ v2 (2026-02-23)
@@ -6,472 +6,478 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Fiyat Listesi" sheetId="1" r:id="rId1"/>
     <sheet name="DataForProductsFilters" sheetId="2" r:id="rId2" state="veryHidden"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="196" uniqueCount="196">
   <si>
     <t>Ürün Adı</t>
   </si>
   <si>
     <t>Barkod</t>
   </si>
   <si>
     <t>Yayın Evi</t>
   </si>
   <si>
     <t>Sınıf</t>
   </si>
   <si>
     <t>Ders</t>
   </si>
   <si>
     <t>Fiyat</t>
   </si>
   <si>
+    <t>Lal</t>
+  </si>
+  <si>
+    <t>9786059768764</t>
+  </si>
+  <si>
+    <t>Çanta Yayınları</t>
+  </si>
+  <si>
+    <t>13,90 ₺</t>
+  </si>
+  <si>
+    <t>7.Sınıf Kazanım Matematik Soru Bankası 2024-2025</t>
+  </si>
+  <si>
+    <t>9786257021289</t>
+  </si>
+  <si>
+    <t>7.Sınıf</t>
+  </si>
+  <si>
+    <t>Matematik</t>
+  </si>
+  <si>
+    <t>390,00 ₺</t>
+  </si>
+  <si>
+    <t>8.Sınıf Kazanım Matematik Soru Bankası 2024-2025</t>
+  </si>
+  <si>
+    <t>9786257021258</t>
+  </si>
+  <si>
+    <t>8.Sınıf</t>
+  </si>
+  <si>
+    <t>8.Sınıf Kazanım Fen Bilimleri Soru Bankası 2024-2025</t>
+  </si>
+  <si>
+    <t>9786257021265</t>
+  </si>
+  <si>
+    <t>Fen Bilimleri</t>
+  </si>
+  <si>
+    <t>480,00 ₺</t>
+  </si>
+  <si>
+    <t>7.Sınıf Kazanım Sosyal Bilgiler Soru Bankası 2024-2025</t>
+  </si>
+  <si>
+    <t>9786257021272</t>
+  </si>
+  <si>
+    <t>Soru Bankaları</t>
+  </si>
+  <si>
+    <t>300,00 ₺</t>
+  </si>
+  <si>
+    <t>8.Sınıf Kazanım Tc.İnkılap Tarihi ve Atatürkçülük Soru.Bankası 2024-2025</t>
+  </si>
+  <si>
+    <t>9786257021241</t>
+  </si>
+  <si>
+    <t>7.Sınıf Kazanım Fen Bilimleri Soru Bankası 2024-2025</t>
+  </si>
+  <si>
+    <t>9786257021296</t>
+  </si>
+  <si>
+    <t>7.Sınıf Fen Bilimleri Okula Yardımcı Hazırlayan Defter 2024</t>
+  </si>
+  <si>
+    <t>9786257871877</t>
+  </si>
+  <si>
+    <t>450,00 ₺</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8.Sınıf T.C. İnkılap Tarihi ve Atatürkçülük Okula Yardımcı Kazandıran Defter  2024</t>
+  </si>
+  <si>
+    <t>9786257871976</t>
+  </si>
+  <si>
+    <t>İnk. Tarihi</t>
+  </si>
+  <si>
+    <t>280,00 ₺</t>
+  </si>
+  <si>
+    <t>8.Sınıf Fen Bilimleri Okula Yardımcı Kazandıran Defter 2024</t>
+  </si>
+  <si>
+    <t>9786257871914</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8.Sınıf Matematik Okula Yardımcı Kazandıran Defter  2024</t>
+  </si>
+  <si>
+    <t>9786257871839</t>
+  </si>
+  <si>
+    <t>8.Sınıf Fen Bilimleri Zaman Ayarlı Kazanım Soru Bankası 2024</t>
+  </si>
+  <si>
+    <t>9786258173024</t>
+  </si>
+  <si>
+    <t>7.Sınıf Fen Bilimleri Zaman Ayarlı Kazanım Soru Bankası 2024-2025</t>
+  </si>
+  <si>
+    <t>9786258173031</t>
+  </si>
+  <si>
+    <t>400,00 ₺</t>
+  </si>
+  <si>
+    <t>7.Sınıf Matematik Zaman Ayarlı Kazanım Soru Bankası 2024-2025</t>
+  </si>
+  <si>
+    <t>9786258173079</t>
+  </si>
+  <si>
+    <t>360,00 ₺</t>
+  </si>
+  <si>
+    <t>7.Sınıf Sosyal Bilgiler Zaman Ayarlı Kazanım Soru Bankası 2024</t>
+  </si>
+  <si>
+    <t>9786258173109</t>
+  </si>
+  <si>
+    <t>Sosyal Bilgiler</t>
+  </si>
+  <si>
+    <t>8.Sınıf Matematik Zaman Ayarlı Kazanım Soru Bankası 2024</t>
+  </si>
+  <si>
+    <t>9786258173116</t>
+  </si>
+  <si>
+    <t>8.Sınıf T.C. İnkılap Tarihi ve Atatürkçülük Zaman Ayarlı Kazanım Soru Bankası 2024</t>
+  </si>
+  <si>
+    <t>9786258173086</t>
+  </si>
+  <si>
+    <t>320,00 ₺</t>
+  </si>
+  <si>
+    <t>8. Sınıf Matematik Kazanım Sıralı Deneme Seti</t>
+  </si>
+  <si>
+    <t>9786258173482</t>
+  </si>
+  <si>
+    <t>Branş denemeler</t>
+  </si>
+  <si>
+    <t>8. Sınıf Fen Bilimleri Kazanım Sıralı Deneme Seti</t>
+  </si>
+  <si>
+    <t>9786258173499</t>
+  </si>
+  <si>
+    <t>8. Sınıf T.C. İnkılap Tarihi ve Atatürkçülük Kazanım Sıralı Deneme Seti</t>
+  </si>
+  <si>
+    <t>9786258173505</t>
+  </si>
+  <si>
+    <t>8. Sınıf İngilizce Kazanım Sıralı Deneme Seti</t>
+  </si>
+  <si>
+    <t>9786258173512</t>
+  </si>
+  <si>
+    <t>200,00 ₺</t>
+  </si>
+  <si>
+    <t>5. Sınıf Matematik Kazanım Sıralı Deneme Seti</t>
+  </si>
+  <si>
+    <t>9786258173710</t>
+  </si>
+  <si>
+    <t>5. Sınıf Sosyal Bilgiler Kazanım Sıralı Deneme Seti</t>
+  </si>
+  <si>
+    <t>9786258173741</t>
+  </si>
+  <si>
+    <t>5. Sınıf Fen Bilimleri Kazanım Sıralı Deneme Seti</t>
+  </si>
+  <si>
+    <t>9786258173734</t>
+  </si>
+  <si>
+    <t>7. Sınıf Türkçe Kazanım Sıralı Deneme Seti</t>
+  </si>
+  <si>
+    <t>9786258173673</t>
+  </si>
+  <si>
+    <t>7. Sınıf Fen Bilimleri Kazanım Sıralı Deneme Seti</t>
+  </si>
+  <si>
+    <t>9786258173796</t>
+  </si>
+  <si>
+    <t>7. Sınıf Matematik Kazanım Sıralı Deneme Seti</t>
+  </si>
+  <si>
+    <t>9786258173727</t>
+  </si>
+  <si>
+    <t>7. Sınıf Sosyal Bilgiler Kazanım Sıralı Deneme Seti</t>
+  </si>
+  <si>
+    <t>9786258173789</t>
+  </si>
+  <si>
+    <t>5. Sınıf İngilizce Kazanım Sıralı Deneme Seti</t>
+  </si>
+  <si>
+    <t>9786258173758</t>
+  </si>
+  <si>
+    <t>7. Sınıf İngilizce Kazanım Sıralı Deneme Seti</t>
+  </si>
+  <si>
+    <t>9786258173819</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8.Sınıf Türkçe Okula Yardımcı Kazandıran Defter  2024</t>
+  </si>
+  <si>
+    <t>9786258173826</t>
+  </si>
+  <si>
+    <t>Türkçe</t>
+  </si>
+  <si>
+    <t>7.Sınıf Türkçe Okula Yardımcı Hazırlayan Defter 2024</t>
+  </si>
+  <si>
+    <t>9786258173840</t>
+  </si>
+  <si>
+    <t>410,00 ₺</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ÖRNEK 7. SINIF  TÜRKÇE HAZIRLAYAN DEFTER</t>
+  </si>
+  <si>
+    <t>9786258173857</t>
+  </si>
+  <si>
+    <t>340,00 ₺</t>
+  </si>
+  <si>
+    <t>5.Sınıf Fen Bilimleri Etkinlikli Kazanım Soru Bankası 2024-2025</t>
+  </si>
+  <si>
+    <t>9786258173956</t>
+  </si>
+  <si>
+    <t>5.Sınıf</t>
+  </si>
+  <si>
+    <t>5.Sınıf Fen Bilimleri Okula Yardımcı Alıştıran Defter 2024-2025</t>
+  </si>
+  <si>
+    <t>9786258173932</t>
+  </si>
+  <si>
+    <t>350,00 ₺</t>
+  </si>
+  <si>
+    <t>8.Sınıf Kazanım Türkçe Soru Bankası 2024-2025</t>
+  </si>
+  <si>
+    <t>9786258173918</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7.Sınıf Türkçe Etkinlikli  Kazanım Soru Bankası-2024-2025</t>
+  </si>
+  <si>
+    <t>9786258173895</t>
+  </si>
+  <si>
+    <t>5.Sınıf Matematik Okula Yardımcı Alıştıran Defter 2024-2025</t>
+  </si>
+  <si>
+    <t>9786256137035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.Sınıf Sosyal Bilgiler  Etkinlikli Kazanım Soru Bankası 2024-2025</t>
+  </si>
+  <si>
+    <t>9786258173970</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.Sınıf Sosyal Bilgiler   Okula Yardımcı Alıştıran Defter 2024-2025</t>
+  </si>
+  <si>
+    <t>97862536137059</t>
+  </si>
+  <si>
+    <t>9786256137059</t>
+  </si>
+  <si>
+    <t>5.Sınıf Türkçe Okula Yardımcı Öğreten Defter 2025-2026</t>
+  </si>
+  <si>
+    <t>9786256137011</t>
+  </si>
+  <si>
+    <t>5.Sınıf Matematik Etkinlikli Kazanım Soru Bankası 2024-2025</t>
+  </si>
+  <si>
+    <t>9786256137103</t>
+  </si>
+  <si>
+    <t>ÖRNEK 5.Sınıf Matematik Etkinlikli Kazanım Soru Bankası Öğretmen Kitabı</t>
+  </si>
+  <si>
+    <t>9786256137110</t>
+  </si>
+  <si>
+    <t>370,00 ₺</t>
+  </si>
+  <si>
+    <t>5.Sınıf Türkçe Etkinlikli Kazanım Soru Bankası 2024-2025</t>
+  </si>
+  <si>
+    <t>9786256137097</t>
+  </si>
+  <si>
     <t xml:space="preserve">6.Sınıf Tg-1 Kds  (2025-2026)</t>
   </si>
   <si>
     <t>10000000000016</t>
   </si>
   <si>
-    <t>Çanta Yayınları</t>
-[...1 lines deleted...]
-  <si>
     <t>12,00 ₺</t>
   </si>
   <si>
     <t xml:space="preserve">7.Sınıf Tg-1 Kds  (2025-2026)</t>
   </si>
   <si>
     <t>10000000000017</t>
   </si>
   <si>
     <t>Örnek. 7. Sınıf Kazandıran İngilizce Deneme</t>
   </si>
   <si>
     <t>9786258173635</t>
   </si>
   <si>
     <t>0,00 ₺</t>
   </si>
   <si>
     <t>İDOL 8.Sınıf Matematik Konu Özetli &amp;Etkinlikli Soru Bankası</t>
   </si>
   <si>
     <t>9786256137226</t>
   </si>
   <si>
-    <t>8.Sınıf</t>
-[...4 lines deleted...]
-  <si>
     <t>440,00 ₺</t>
   </si>
   <si>
     <t xml:space="preserve">İDOL 8.Sınıf Matematik  Başlangıç Soru Bankası</t>
   </si>
   <si>
     <t>9786256137141</t>
   </si>
   <si>
     <t>295,00 ₺</t>
   </si>
   <si>
     <t>İDOL 7.Sınıf Matematik Konu Özetli &amp;Etkinlikli Soru Bankası</t>
   </si>
   <si>
     <t>9786256137240</t>
   </si>
   <si>
     <t xml:space="preserve">İDOL 7.Sınıf Matematik  Başlangıç Soru Bankası</t>
   </si>
   <si>
     <t>9786256137165</t>
   </si>
   <si>
     <t>ÖRNEK İDOL 7.Sınıf Matematik Başlangıç Soru Bankası</t>
   </si>
   <si>
     <t>9786256137172</t>
   </si>
   <si>
     <t>000000000001</t>
   </si>
   <si>
     <t>000258</t>
   </si>
   <si>
-    <t>450,00 ₺</t>
-[...325 lines deleted...]
-  <si>
     <t>Arı Yayınları 0 Sıfırdan Başla Matematik Matematiğe İlk Adım</t>
   </si>
   <si>
     <t>9786256244597</t>
   </si>
   <si>
     <t xml:space="preserve">8.Snf.Kazandıran Paragraf  Fasikülleri (6 fasikül)+Deneme Sınavı</t>
   </si>
   <si>
     <t>9786256137301</t>
   </si>
   <si>
     <t>415,00 ₺</t>
   </si>
   <si>
     <t xml:space="preserve">ARI  8.Sınıf Matemito Matematik Defterim</t>
   </si>
   <si>
     <t>9786257531788</t>
   </si>
   <si>
     <t>430,00 ₺</t>
   </si>
   <si>
     <t>Eker 6.Sınıf Dinlendiren Defter</t>
@@ -561,50 +567,77 @@
     <t>9786256137356</t>
   </si>
   <si>
     <t xml:space="preserve">İDOL 6.Sınıf Matematik  Başlangıç Soru Bankası</t>
   </si>
   <si>
     <t>9786256137189</t>
   </si>
   <si>
     <t>İDOL 6.Sınıf Matematik Konu Özetli &amp;Etkinlikli Soru Bankası (4 Fasikül)</t>
   </si>
   <si>
     <t>9786256137264</t>
   </si>
   <si>
     <t>6.Sınıf Türkçe Etkinlikli Kazanım Soru Bankası 2025-2026</t>
   </si>
   <si>
     <t>9786256137387</t>
   </si>
   <si>
     <t>6.Sınıf Sosyal Bilgiler Etkinlikli Kazanım Soru Bankası 2025-2026</t>
   </si>
   <si>
     <t>9786256137400</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.Sınıf Tg-3 Kds  (2026)</t>
+  </si>
+  <si>
+    <t>10000000000155</t>
+  </si>
+  <si>
+    <t>Kurumsal Deneme</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.Sınıf Tg-3 Kds  (2026)</t>
+  </si>
+  <si>
+    <t>10000000000166</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7.Sınıf Tg-3 Kds  (2026)</t>
+  </si>
+  <si>
+    <t>10000000000177</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8.Sınıf Tg-3 Kds  (2026)</t>
+  </si>
+  <si>
+    <t>10000000000188</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -620,1277 +653,1365 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F74"/>
+  <dimension ref="A1:F79"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="F2" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
+      <c r="D3" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" s="0" t="s">
+        <v>13</v>
+      </c>
       <c r="F3" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B4" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C4" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="E4" s="0" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
+      <c r="D6" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" s="0" t="s">
+        <v>24</v>
+      </c>
       <c r="F6" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B7" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="E7" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="C7" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
+      <c r="E8" s="0" t="s">
+        <v>20</v>
+      </c>
       <c r="F8" s="0" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="0" t="s">
+        <v>20</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>29</v>
+        <v>33</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="E10" s="0" t="s">
+        <v>35</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>30</v>
+        <v>37</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D11" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="E11" s="0" t="s">
+        <v>20</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
+      <c r="D12" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="E12" s="0" t="s">
+        <v>13</v>
+      </c>
       <c r="F12" s="0" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
+      <c r="D18" s="0" t="s">
+        <v>17</v>
+      </c>
       <c r="E18" s="0" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>43</v>
+        <v>59</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>43</v>
+        <v>59</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>43</v>
+        <v>59</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>64</v>
-[...8 lines deleted...]
-        <v>43</v>
+        <v>68</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>67</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>70</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>70</v>
-[...8 lines deleted...]
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>73</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>74</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D27" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27" s="0" t="s">
-        <v>76</v>
+        <v>36</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D28" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F28" s="0" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="B29" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D29" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F29" s="0" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="B30" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F30" s="0" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="B31" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D31" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F31" s="0" t="s">
-        <v>86</v>
+        <v>66</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="E32" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="B32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F32" s="0" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="B33" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="B33" s="0" t="s">
+      <c r="C33" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="F33" s="0" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>92</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="E35" s="0" t="s">
+        <v>20</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B36" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="C36" s="0" t="s">
-        <v>8</v>
+      <c r="E36" s="0" t="s">
+        <v>20</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>58</v>
+        <v>99</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
+      <c r="D37" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="E37" s="0" t="s">
+        <v>87</v>
+      </c>
       <c r="F37" s="0" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
+      <c r="D38" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" s="0" t="s">
+        <v>87</v>
+      </c>
       <c r="F38" s="0" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D39" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="E39" s="0" t="s">
+        <v>13</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>86</v>
+        <v>14</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
+      <c r="D40" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="E40" s="0" t="s">
+        <v>51</v>
+      </c>
       <c r="F40" s="0" t="s">
-        <v>86</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>109</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>17</v>
+        <v>96</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>107</v>
+        <v>51</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>37</v>
+        <v>96</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>107</v>
+        <v>51</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>110</v>
+        <v>36</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>112</v>
       </c>
+      <c r="C43" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D43" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="E43" s="0" t="s">
+        <v>87</v>
+      </c>
       <c r="F43" s="0" t="s">
-        <v>113</v>
+        <v>99</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="B44" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="B44" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>116</v>
+        <v>96</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="E45" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="F45" s="0" t="s">
         <v>117</v>
-      </c>
-[...13 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>17</v>
+        <v>96</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>107</v>
+        <v>87</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="F47" s="0" t="s">
         <v>122</v>
-      </c>
-[...13 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="B48" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="B48" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D48" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F48" s="0" t="s">
-        <v>38</v>
+        <v>122</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="B49" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="B49" s="0" t="s">
+      <c r="C49" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="F49" s="0" t="s">
         <v>127</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>129</v>
       </c>
+      <c r="C50" s="0" t="s">
+        <v>8</v>
+      </c>
       <c r="D50" s="0" t="s">
-        <v>116</v>
+        <v>17</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>58</v>
+        <v>130</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D51" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F51" s="0" t="s">
-        <v>58</v>
+        <v>133</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D52" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F52" s="0" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="F53" s="0" t="s">
         <v>133</v>
-      </c>
-[...13 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>136</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>139</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>138</v>
-[...11 lines deleted...]
-        <v>107</v>
+        <v>140</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="B56" s="0" t="s">
         <v>141</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>142</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="C57" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57" s="0" t="s">
-        <v>144</v>
+        <v>127</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="B58" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="B58" s="0" t="s">
+      <c r="C58" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="F58" s="0" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="B59" s="0" t="s">
+      <c r="F59" s="0" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>151</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>152</v>
+        <v>117</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="B61" s="0" t="s">
+      <c r="F61" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>156</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>157</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="C63" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F63" s="0" t="s">
-        <v>38</v>
+        <v>154</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="B64" s="0" t="s">
+      <c r="C64" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="C64" s="0" t="s">
-        <v>8</v>
+      <c r="E64" s="0" t="s">
+        <v>20</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>162</v>
+        <v>14</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="B65" s="0" t="s">
+      <c r="C65" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="F65" s="0" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="C66" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F66" s="0" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="B67" s="0" t="s">
+      <c r="C67" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D67" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="E67" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="F67" s="0" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="C68" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F68" s="0" t="s">
-        <v>58</v>
+        <v>117</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>172</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>173</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>174</v>
+        <v>36</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="B70" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="B70" s="0" t="s">
+      <c r="C70" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D70" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="E70" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" s="0" t="s">
         <v>176</v>
-      </c>
-[...10 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
+      </c>
+      <c r="E72" s="0" t="s">
+        <v>13</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>162</v>
+        <v>133</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>182</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>161</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>38</v>
+        <v>164</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>71</v>
+        <v>87</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>48</v>
+        <v>14</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="E75" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F75" s="0" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="E76" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="F76" s="0" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="E77" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="F77" s="0" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="E78" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="F78" s="0" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="E79" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="F79" s="0" t="s">
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData/>
   <headerFooter/>
 </worksheet>
 </file>